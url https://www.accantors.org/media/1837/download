--- v0 (2025-10-08)
+++ v1 (2026-01-25)
@@ -1,70 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://accantors.sharepoint.com/sites/CFS/Member Services/Retirement Plan/Forms/Calculation forms b/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://accantors.sharepoint.com/sites/CFS/Member Services/Retirement Plan/Forms/Calculation forms/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="92" documentId="8_{8C653A00-795D-431D-9F7F-8EF86251A8A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{427379A3-D4D7-4FFE-9605-66999C98F5D5}"/>
+  <xr:revisionPtr revIDLastSave="114" documentId="8_{8C653A00-795D-431D-9F7F-8EF86251A8A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{75A3D85A-1ABC-41B6-96FC-921F8487FF4F}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{7B42E539-D3B6-4B72-9F43-ABD54D4A63E2}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{7B42E539-D3B6-4B72-9F43-ABD54D4A63E2}"/>
   </bookViews>
   <sheets>
     <sheet name="Contribution Notes" sheetId="2" r:id="rId1"/>
     <sheet name="Contribution Calc Form Digital" sheetId="1" r:id="rId2"/>
     <sheet name="Paper version" sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Contribution Calc Form Digital'!$B$2:$G$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Paper version'!$B$1:$G$46</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
@@ -383,99 +382,99 @@
   <si>
     <t>Salary Deferral</t>
   </si>
   <si>
     <t>Employer Contribution</t>
   </si>
   <si>
     <t>Under 50</t>
   </si>
   <si>
     <t>Total Contribution Limit</t>
   </si>
   <si>
     <t>Catch Up 50+</t>
   </si>
   <si>
     <t>These features are to prepare for the new Secure 2.0 guidelines that are coming January, 2026. More to come in January 2025.</t>
   </si>
   <si>
     <t xml:space="preserve">Please review the instructions beside the field. </t>
   </si>
   <si>
     <t xml:space="preserve">Please note: All fields in gray, are automatically calculated. </t>
   </si>
   <si>
-    <t>Enter your full compensation including salary and parsonage here.  What is your salary for the FY? What is your salary for CY 2025? Remember, the IRS is only concerned with your total contribution for the calendar year.</t>
-[...1 lines deleted...]
-  <si>
     <t>If your contributions are over your IRS limits, the overage amount must be deposited to your supplemental account. Contact the ACC office if you are over the limit and need to deposit funds into your supplemental account.</t>
   </si>
   <si>
-    <t>The Supplemental Plan distribution structure is defined in the plan document. If the account balance at the time of retirement is less than or equal to the IRS salary deferral annual limit ($23,500 in 2025), then it is paid out in a lump sum. If the balance at the time of retirement is greater than the IRS annual salary deferral limit it is distributed in twenty (20) quarterly payments over a five (5) year period.</t>
-[...10 lines deleted...]
-  <si>
     <t>**Note that the Supplemental Plan is a nonqualified deferred compensation plan and money contributed to it will need to be allocated to investments you select.  If you do not designate the fund you would like to invest in, they will remain in a money market account by default.</t>
   </si>
   <si>
     <t>Fiscal Year 2025-26</t>
   </si>
   <si>
     <t>CY 2026</t>
   </si>
   <si>
     <t>60-63</t>
   </si>
   <si>
     <t>Contribution Limits 2025</t>
   </si>
   <si>
     <t>64+</t>
   </si>
   <si>
     <t>50-59</t>
   </si>
   <si>
     <t>Enter the age you'll be during the next calendar year.</t>
   </si>
   <si>
     <t>18. Is your compensation minus parsonage $145,000 or higher?      YES     NO</t>
   </si>
   <si>
     <t>17. Are you a FICA Employee?      YES         NO                  If you don't know the answer, please contact your payroll department to find out how you are being paid.</t>
   </si>
   <si>
     <t xml:space="preserve">19. If you are a FICA employee, 50+ years old, with a salary $145,000 or more and you contribute a catch-up amount, your catch-up contributions must be deposited to a ROTH account. </t>
+  </si>
+  <si>
+    <t>The Supplemental Plan distribution structure is defined in the plan document. If the account balance at the time of retirement is less than or equal to the IRS salary deferral annual limit ($24,500 in 2026), then it is paid out in a lump sum. If the balance at the time of retirement is greater than the IRS annual salary deferral limit it is distributed in twenty (20) quarterly payments over a five (5) year period.</t>
+  </si>
+  <si>
+    <t>Complete Section C if a participant would like to make contributions to the Supplemental Plan if indicated in line 16, or if the combined participant and employer contribution exceeds IRS annual limits ($72,000 for participants under age 50; $80,000 for participants over age 50.) The IRS annual limits do not apply to the Supplemental Plan. A participant may consider making contributions to the Supplemental Plan for any reason, and especially in the following circumstances:</t>
+  </si>
+  <si>
+    <t>16. Contribution to Supplemental Plan**: (if you expect your CY 2026 calendar year contributions to go over 2026 limits, please contact the office.</t>
+  </si>
+  <si>
+    <t>Enter your full compensation including salary and parsonage here.  What is your salary for the FY? What is your salary for CY 2026? Remember, the IRS is only concerned with your total contribution for the calendar year.</t>
+  </si>
+  <si>
+    <t>1 Under Code section 415(c)(7), an annual contribution of $10,000 does not violate the annual Code section 415 limits, even if a participant’s compensation is less than $10,000. An aggregate lifetime limit of $40,000 in excess of the “normal” annual 415(c) contribution limit (i.e., in the 2026 calendar year, the lesser of $72,000 which can include up to $24,500 in elective salary deferrals, or 100% of line 4 compensation) applies; a Catch-up Contribution for those 50 and over of an additional $8,000 is allowed in 2026. If you are 60-63 years of age your catch-up amount is $11,250. Expect updates once Secure 2.0 mandated changes have been implemented. Please speak with your tax advisor or accountant for additional information on the Code section 415(c)(7) contribution limits.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -1336,51 +1335,51 @@
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C5700"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Button" lockText="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>46</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
           <xdr:row>47</xdr:row>
@@ -1473,54 +1472,50 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1320800" y="1"/>
           <a:ext cx="979453" cy="1181100"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2287,81 +2282,81 @@
       <c r="O28" s="3"/>
       <c r="P28" s="3"/>
       <c r="Q28" s="3"/>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
       <c r="B29" s="3"/>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
       <c r="Q29" s="3"/>
     </row>
     <row r="31" spans="1:17" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A31" s="58" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="B33" s="62" t="s">
         <v>95</v>
       </c>
       <c r="C33" s="62" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D33" s="62" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="E33" s="62" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="54" t="s">
         <v>93</v>
       </c>
       <c r="B34" s="55">
         <v>23500</v>
       </c>
       <c r="C34" s="55">
         <v>23500</v>
       </c>
       <c r="D34" s="55">
         <v>23500</v>
       </c>
       <c r="E34" s="55">
         <v>23500</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="54" t="s">
         <v>97</v>
       </c>
       <c r="B35" s="55"/>
       <c r="C35" s="55">
@@ -2410,52 +2405,52 @@
     <mergeCell ref="A27:Q27"/>
     <mergeCell ref="A26:Q26"/>
     <mergeCell ref="A14:Q14"/>
     <mergeCell ref="A15:Q15"/>
     <mergeCell ref="A16:Q16"/>
     <mergeCell ref="A17:Q17"/>
     <mergeCell ref="A18:Q18"/>
     <mergeCell ref="A19:Q19"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A23:Q23"/>
     <mergeCell ref="A24:Q24"/>
     <mergeCell ref="A25:Q25"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3179C0D0-CE0D-4597-9D70-54D346D0FA00}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:N51"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A31" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
-      <selection activeCell="J42" sqref="J42"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A37" zoomScale="142" zoomScaleNormal="142" workbookViewId="0">
+      <selection activeCell="J31" sqref="J31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="4" width="20.5703125" customWidth="1"/>
     <col min="5" max="5" width="23" customWidth="1"/>
     <col min="6" max="6" width="22" customWidth="1"/>
     <col min="7" max="7" width="29" customWidth="1"/>
     <col min="8" max="8" width="3.42578125" customWidth="1"/>
     <col min="9" max="9" width="19.140625" style="3" customWidth="1"/>
     <col min="10" max="10" width="60.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="11" max="15" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:11" ht="24" x14ac:dyDescent="0.4">
       <c r="B2" s="91" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="91"/>
       <c r="D2" s="91"/>
       <c r="E2" s="91"/>
       <c r="F2" s="91"/>
       <c r="G2" s="91"/>
     </row>
     <row r="3" spans="2:11" ht="24" x14ac:dyDescent="0.4">
@@ -2539,100 +2534,100 @@
       <c r="E10" s="82"/>
       <c r="F10" s="82"/>
       <c r="G10" s="83"/>
       <c r="J10" s="51"/>
     </row>
     <row r="11" spans="2:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="77" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="69"/>
       <c r="D11" s="84"/>
       <c r="E11" s="85"/>
       <c r="F11" s="86"/>
       <c r="G11" s="87"/>
     </row>
     <row r="12" spans="2:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="49"/>
       <c r="D12" s="23"/>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
       <c r="I12" s="72" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="J12" s="72"/>
     </row>
     <row r="13" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C13" s="6"/>
       <c r="I13" s="50"/>
       <c r="J13" s="50"/>
     </row>
     <row r="14" spans="2:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="18" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="18"/>
       <c r="D14" s="18"/>
       <c r="E14" s="18"/>
       <c r="F14" s="18"/>
       <c r="G14" s="18"/>
       <c r="I14" s="50"/>
       <c r="J14" s="50"/>
     </row>
     <row r="15" spans="2:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="76" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="76"/>
       <c r="D15" s="76"/>
       <c r="E15" s="76"/>
       <c r="F15" s="44" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G15" s="44" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="I15" s="66" t="s">
         <v>100</v>
       </c>
       <c r="J15" s="66"/>
     </row>
     <row r="16" spans="2:11" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="90" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="90"/>
       <c r="D16" s="90"/>
       <c r="E16" s="90"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="I16" s="70" t="s">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="J16" s="70"/>
       <c r="K16" s="48"/>
     </row>
     <row r="17" spans="2:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="79" t="s">
         <v>75</v>
       </c>
       <c r="C17" s="88"/>
       <c r="D17" s="88"/>
       <c r="E17" s="89"/>
       <c r="F17" s="45">
         <v>0.15</v>
       </c>
       <c r="G17" s="43"/>
       <c r="I17" s="71" t="s">
         <v>82</v>
       </c>
       <c r="J17" s="71"/>
       <c r="K17" s="48"/>
     </row>
     <row r="18" spans="2:14" s="3" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="74" t="s">
         <v>76</v>
       </c>
@@ -2772,304 +2767,304 @@
         <v>0</v>
       </c>
       <c r="I25" s="50"/>
       <c r="J25" s="50"/>
     </row>
     <row r="26" spans="2:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="78" t="s">
         <v>73</v>
       </c>
       <c r="C26" s="78"/>
       <c r="D26" s="78"/>
       <c r="E26" s="79"/>
       <c r="F26" s="38">
         <f>IF(F18&lt;F25,F18,F25)</f>
         <v>0</v>
       </c>
       <c r="G26" s="38">
         <f>IF(G18&lt;G25,G18,G25)</f>
         <v>0</v>
       </c>
       <c r="I26" s="47"/>
       <c r="J26" s="42"/>
     </row>
     <row r="27" spans="2:14" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="96" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="C27" s="96"/>
       <c r="D27" s="96"/>
       <c r="E27" s="96"/>
       <c r="F27" s="96"/>
       <c r="G27" s="96"/>
       <c r="I27" s="51"/>
       <c r="J27" s="2"/>
     </row>
     <row r="28" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="96" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="96"/>
       <c r="D28" s="96"/>
       <c r="E28" s="96"/>
       <c r="F28" s="96"/>
       <c r="G28" s="96"/>
     </row>
     <row r="29" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B29" s="96" t="s">
         <v>77</v>
       </c>
       <c r="C29" s="96"/>
       <c r="D29" s="96"/>
       <c r="E29" s="96"/>
       <c r="F29" s="96"/>
       <c r="G29" s="96"/>
     </row>
     <row r="30" spans="2:14" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="96" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="C30" s="96"/>
       <c r="D30" s="96"/>
       <c r="E30" s="96"/>
       <c r="F30" s="96"/>
       <c r="G30" s="96"/>
     </row>
     <row r="31" spans="2:14" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="96" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="C31" s="96"/>
       <c r="D31" s="96"/>
       <c r="E31" s="96"/>
       <c r="F31" s="96"/>
       <c r="G31" s="96"/>
     </row>
     <row r="33" spans="2:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B33" s="101" t="s">
         <v>21</v>
       </c>
       <c r="C33" s="101"/>
       <c r="D33" s="101"/>
       <c r="E33" s="101"/>
       <c r="F33" s="101"/>
       <c r="G33" s="101"/>
       <c r="I33" s="60"/>
     </row>
     <row r="34" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="21"/>
       <c r="C34" s="21"/>
       <c r="D34" s="21"/>
       <c r="E34" s="21"/>
       <c r="F34" s="44" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G34" s="44" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="35" spans="2:14" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="78" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="78"/>
       <c r="D35" s="78"/>
       <c r="E35" s="79"/>
       <c r="F35" s="20"/>
       <c r="G35" s="19"/>
       <c r="J35"/>
       <c r="K35" s="62" t="s">
         <v>95</v>
       </c>
       <c r="L35" s="62" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="M35" s="62" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="N35" s="62" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="36" spans="2:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B36" s="78" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="78"/>
       <c r="D36" s="78"/>
       <c r="E36" s="79"/>
       <c r="F36" s="19"/>
       <c r="G36" s="19"/>
       <c r="J36" s="54" t="s">
         <v>93</v>
       </c>
       <c r="K36" s="55">
-        <v>23500</v>
+        <v>24500</v>
       </c>
       <c r="L36" s="55">
-        <v>23500</v>
+        <v>24500</v>
       </c>
       <c r="M36" s="55">
-        <v>23500</v>
+        <v>24500</v>
       </c>
       <c r="N36" s="55">
-        <v>23500</v>
+        <v>24500</v>
       </c>
     </row>
     <row r="37" spans="2:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B37" s="76" t="s">
         <v>38</v>
       </c>
       <c r="C37" s="76"/>
       <c r="D37" s="76"/>
       <c r="E37" s="76"/>
       <c r="F37" s="39">
         <f>F35+F36</f>
         <v>0</v>
       </c>
       <c r="G37" s="39">
         <f>G35+G36</f>
         <v>0</v>
       </c>
       <c r="J37" s="54" t="s">
         <v>97</v>
       </c>
       <c r="K37" s="55"/>
       <c r="L37" s="55">
-        <v>7500</v>
+        <v>8000</v>
       </c>
       <c r="M37" s="55">
         <v>11250</v>
       </c>
       <c r="N37" s="55">
-        <v>7500</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="38" spans="2:14" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B38" s="78" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="78"/>
       <c r="D38" s="78"/>
       <c r="E38" s="78"/>
       <c r="F38" s="38">
         <f>F26+F37</f>
         <v>0</v>
       </c>
       <c r="G38" s="38">
         <f>G26+G37</f>
         <v>0</v>
       </c>
       <c r="J38" s="54" t="s">
         <v>94</v>
       </c>
       <c r="K38" s="55"/>
       <c r="L38" s="55"/>
       <c r="M38" s="55"/>
       <c r="N38" s="55"/>
     </row>
     <row r="39" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="42"/>
       <c r="C39" s="42"/>
       <c r="D39" s="42"/>
       <c r="E39" s="42"/>
       <c r="F39" s="41"/>
       <c r="G39" s="41"/>
       <c r="J39" s="56" t="s">
         <v>96</v>
       </c>
       <c r="K39" s="57">
-        <v>70000</v>
+        <v>72000</v>
       </c>
       <c r="L39" s="57">
-        <v>77500</v>
+        <v>80000</v>
       </c>
       <c r="M39" s="57">
-        <v>81250</v>
+        <v>83250</v>
       </c>
       <c r="N39" s="57">
-        <v>77500</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="40" spans="2:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="101" t="s">
         <v>37</v>
       </c>
       <c r="C40" s="101"/>
       <c r="D40" s="101"/>
       <c r="E40" s="101"/>
       <c r="F40" s="101"/>
       <c r="G40" s="101"/>
       <c r="I40" s="59"/>
     </row>
     <row r="41" spans="2:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="78" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="C41" s="78"/>
       <c r="D41" s="78"/>
       <c r="E41" s="78"/>
       <c r="F41" s="61" t="e">
         <f>IF(F38&lt;#REF!,"",F38-#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="G41" s="61" t="e">
         <f>IF(G38&lt;#REF!,"",G38-#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="I41" s="67" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J41" s="67"/>
     </row>
     <row r="42" spans="2:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="90" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C42" s="90"/>
       <c r="D42" s="90"/>
       <c r="E42" s="90"/>
       <c r="F42" s="61"/>
       <c r="G42" s="61"/>
       <c r="I42" s="52"/>
       <c r="J42" s="52"/>
     </row>
     <row r="43" spans="2:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="79" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C43" s="88"/>
       <c r="D43" s="88"/>
       <c r="E43" s="89"/>
       <c r="F43" s="61"/>
       <c r="G43" s="61"/>
       <c r="I43" s="52"/>
       <c r="J43" s="52"/>
     </row>
     <row r="44" spans="2:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="79" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C44" s="88"/>
       <c r="D44" s="88"/>
       <c r="E44" s="89"/>
       <c r="F44" s="61"/>
       <c r="G44" s="61"/>
       <c r="I44" s="52"/>
       <c r="J44" s="52"/>
     </row>
     <row r="45" spans="2:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="42"/>
       <c r="C45" s="42"/>
       <c r="D45" s="42"/>
       <c r="E45" s="42"/>
       <c r="F45" s="41"/>
       <c r="G45" s="41"/>
       <c r="I45" s="52"/>
       <c r="J45" s="52"/>
     </row>
     <row r="46" spans="2:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="42"/>
       <c r="C46" s="42"/>
       <c r="D46" s="42"/>
       <c r="E46" s="42"/>
       <c r="F46" s="41"/>
@@ -3098,51 +3093,51 @@
       <c r="D48" s="99"/>
       <c r="E48" s="100"/>
       <c r="F48" s="40" t="s">
         <v>27</v>
       </c>
       <c r="G48" s="24"/>
       <c r="I48" s="65" t="s">
         <v>81</v>
       </c>
       <c r="J48" s="65"/>
     </row>
     <row r="49" spans="2:7" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="40" t="s">
         <v>29</v>
       </c>
       <c r="C49" s="98"/>
       <c r="D49" s="99"/>
       <c r="E49" s="100"/>
       <c r="F49" s="40" t="s">
         <v>27</v>
       </c>
       <c r="G49" s="24"/>
     </row>
     <row r="50" spans="2:7" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="95" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C50" s="95"/>
       <c r="D50" s="95"/>
       <c r="E50" s="95"/>
       <c r="F50" s="95"/>
       <c r="G50" s="95"/>
     </row>
     <row r="51" spans="2:7" ht="95.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="96" t="s">
         <v>31</v>
       </c>
       <c r="C51" s="96"/>
       <c r="D51" s="96"/>
       <c r="E51" s="96"/>
       <c r="F51" s="96"/>
       <c r="G51" s="96"/>
     </row>
   </sheetData>
   <mergeCells count="56">
     <mergeCell ref="B42:E42"/>
     <mergeCell ref="B43:E43"/>
     <mergeCell ref="B44:E44"/>
     <mergeCell ref="B26:E26"/>
     <mergeCell ref="B31:G31"/>
     <mergeCell ref="B33:G33"/>
@@ -3881,63 +3876,72 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="I25:I28">
     <cfRule type="cellIs" dxfId="0" priority="6" operator="greaterThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="66" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="b8f754a7-5c66-42c9-afbe-e4477a531d93" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="b030c3cb-01a2-4f79-9fed-d95c789a29ee">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b030c3cb-01a2-4f79-9fed-d95c789a29ee" xmlns:ns3="b8f754a7-5c66-42c9-afbe-e4477a531d93" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9eb1d7d75000186d313a9d360ceb80b3" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AD7DA09E01709E40B9FA574601DA3228" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="84fafdf718095e79831242530b5267a0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b030c3cb-01a2-4f79-9fed-d95c789a29ee" xmlns:ns3="b8f754a7-5c66-42c9-afbe-e4477a531d93" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e986dfc2413ae99d7b098c9f45cd5ed5" ns2:_="" ns3:_="">
     <xsd:import namespace="b030c3cb-01a2-4f79-9fed-d95c789a29ee"/>
     <xsd:import namespace="b8f754a7-5c66-42c9-afbe-e4477a531d93"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -4098,93 +4102,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5431DC4-6AA7-40CD-81B3-1F111C430C09}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F78B6FC6-61AE-4A7D-9BC2-A3DD2F7E9282}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b8f754a7-5c66-42c9-afbe-e4477a531d93"/>
     <ds:schemaRef ds:uri="b030c3cb-01a2-4f79-9fed-d95c789a29ee"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F0A7D15-E715-4C10-87A0-0F5907514ECC}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDB8A717-32B3-4972-9448-00054C3D89BD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b030c3cb-01a2-4f79-9fed-d95c789a29ee"/>
     <ds:schemaRef ds:uri="b8f754a7-5c66-42c9-afbe-e4477a531d93"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>